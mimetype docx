--- v0 (2025-10-14)
+++ v1 (2026-01-28)
@@ -1,195 +1,195 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00350B25" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="00991CAA">
+    <w:p w14:paraId="1D3A6659" w14:textId="77777777" w:rsidR="00350B25" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="00991CAA">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62BA87BC" wp14:editId="28F61BC7">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="540995B1" wp14:editId="0EC085DD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5305094</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-322580</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="596348" cy="278296"/>
                 <wp:effectExtent l="0" t="0" r="13335" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="217" name="文字方塊 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="596348" cy="278296"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00407D83" w:rsidRPr="00407D83" w:rsidRDefault="00407D83">
+                          <w:p w14:paraId="2BD04033" w14:textId="77777777" w:rsidR="00407D83" w:rsidRPr="00407D83" w:rsidRDefault="00407D83">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00407D83">
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>附件一</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="62BA87BC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="540995B1" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="文字方塊 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:417.7pt;margin-top:-25.4pt;width:46.95pt;height:21.9pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCDQZC6OwIAAEkEAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfadrQdtuo6WrpUoS0&#10;/EgLB3Adp7GwPcF2m5QLIHGA5ZkDcAAOtHsOxk62lL8XRB4sj2f8eeb7ZrI4b7Uie2GdBJPT0WBI&#10;iTAcCmm2OX37Zv1oRonzzBRMgRE5PQhHz5cPHyyaOhMpVKAKYQmCGJc1dU4r7+ssSRyvhGZuALUw&#10;6CzBaubRtNuksKxBdK2SdDicJg3YorbAhXN4etk56TLil6Xg/lVZOuGJyinm5uNq47oJa7JcsGxr&#10;WV1J3qfB/iELzaTBR49Ql8wzsrPyNygtuQUHpR9w0AmUpeQi1oDVjIa/VHNdsVrEWpAcVx9pcv8P&#10;lr/cv7ZEFjlNR2eUGKZRpLubj7dfP9/dfLv98omkgaOmdhmGXtcY7Nsn0KLWsV5XXwF/54iBVcXM&#10;VlxYC00lWIE5jsLN5ORqh+MCyKZ5AQU+xXYeIlBbWh0IREoIoqNWh6M+ovWE4+FkPn08xobi6ErP&#10;Zul8Gl9g2f3l2jr/TIAmYZNTi/JHcLa/cj4kw7L7kPCWAyWLtVQqGna7WSlL9gxbZR2/Hv2nMGVI&#10;k9P5JJ109f8VYhi/P0Fo6bHnldQ5nR2DWBZYe2qK2JGeSdXtMWVlehoDcx2Hvt20vSwbKA5IqIWu&#10;t3EWcVOB/UBJg32dU/d+x6ygRD03KMp8NB6HQYjGeHKWomFPPZtTDzMcoXLqKem2Kx+HJxBm4ALF&#10;K2UkNqjcZdLniv0a+e5nKwzEqR2jfvwBlt8BAAD//wMAUEsDBBQABgAIAAAAIQAJ7Ygz4AAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUGvT9JUQp0JIINhBqcrWjadJhB/B&#10;dtPw9wwrWM7M1Zlzy81oDRswxM47CbdTAQxd7XXnGgm798fJGlhMymllvEMJ3xhhU11elKrQ/uze&#10;cNimhhHExUJJaFPqC85j3aJVcep7dHQ7+mBVojE0XAd1Jrg1fCbEklvVOfrQqh4fWqw/tycrYT1/&#10;Hj7iS/a6r5dHk6eb1fD0FaS8vhrv74AlHNNfGH71SR0qcjr4k9ORGWJkizlFJUwWgjpQIp/lGbAD&#10;bVYCeFXy/xWqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCDQZC6OwIAAEkEAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAJ7Ygz4AAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;">
+              <v:shape id="文字方塊 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:417.7pt;margin-top:-25.4pt;width:46.95pt;height:21.9pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDkjN4gEAIAAB4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjxkjQx4hRdugwD&#10;ugvQ7QNkWY6FSaImKbG7ry8lu2l2exmmB4EUqUPykNxc91qRk3BeginpbDKlRBgOtTSHkn79sn+1&#10;osQHZmqmwIiSPghPr7cvX2w6W4gcWlC1cARBjC86W9I2BFtkmeet0MxPwAqDxgacZgFVd8hqxzpE&#10;1yrLp9Nl1oGrrQMuvMfX28FItwm/aQQPn5rGi0BUSTG3kG6X7ire2XbDioNjtpV8TIP9QxaaSYNB&#10;z1C3LDBydPI3KC25Aw9NmHDQGTSN5CLVgNXMpr9Uc98yK1ItSI63Z5r8/4PlH0/39rMjoX8DPTYw&#10;FeHtHfBvnhjYtcwcxI1z0LWC1Rh4FinLOuuL8Wuk2hc+glTdB6ixyewYIAH1jdORFayTIDo24OFM&#10;uugD4fi4WC9fz3FKOJryq1W+XqYIrHj6bJ0P7wRoEoWSOuxpAmenOx9iMqx4comxPChZ76VSSXGH&#10;aqccOTHs/z6dEf0nN2VIV9L1Il8M9f8VYprOnyC0DDjISuqSrs5OrIisvTV1GrPApBpkTFmZkcbI&#10;3MBh6KseHSOdFdQPSKiDYWBxwVBowf2gpMNhLan/fmROUKLeG2zKejafx+lOynxxlaPiLi3VpYUZ&#10;jlAlDZQM4i6kjYiEGbjB5jUyEfucyZgrDmHie1yYOOWXevJ6XuvtIwAAAP//AwBQSwMEFAAGAAgA&#10;AAAhAAntiDPgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGxQa9P0lRCn&#10;Qkgg2EGpytaNp0mEH8F20/D3DCtYzszVmXPLzWgNGzDEzjsJt1MBDF3tdecaCbv3x8kaWEzKaWW8&#10;QwnfGGFTXV6UqtD+7N5w2KaGEcTFQkloU+oLzmPdolVx6nt0dDv6YFWiMTRcB3UmuDV8JsSSW9U5&#10;+tCqHh9arD+3JythPX8ePuJL9rqvl0eTp5vV8PQVpLy+Gu/vgCUc018YfvVJHSpyOviT05EZYmSL&#10;OUUlTBaCOlAin+UZsANtVgJ4VfL/FaofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOSM&#10;3iAQAgAAHgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AAntiDPgAAAACgEAAA8AAAAAAAAAAAAAAAAAagQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00407D83" w:rsidRPr="00407D83" w:rsidRDefault="00407D83">
+                    <w:p w14:paraId="2BD04033" w14:textId="77777777" w:rsidR="00407D83" w:rsidRPr="00407D83" w:rsidRDefault="00407D83">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00407D83">
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>附件一</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00942171" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>財團法人台灣兒童暨家庭扶助基金會</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00942171" w:rsidRPr="00F3421D" w:rsidRDefault="002E69C8" w:rsidP="00F3421D">
+    <w:p w14:paraId="64753840" w14:textId="75F334FB" w:rsidR="00942171" w:rsidRPr="00F3421D" w:rsidRDefault="002E69C8" w:rsidP="00F3421D">
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="005338A6">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
@@ -210,79 +210,79 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>學</w:t>
       </w:r>
       <w:r w:rsidR="00A33472" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>年</w:t>
       </w:r>
       <w:r w:rsidR="00F53166" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>度第</w:t>
       </w:r>
-      <w:r w:rsidR="006770AC">
+      <w:r w:rsidR="00633BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>一</w:t>
+        <w:t>二</w:t>
       </w:r>
       <w:r w:rsidR="00800DC4" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>學期「韌世代」</w:t>
       </w:r>
       <w:r w:rsidR="00942171" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>獎助學金申請表</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00F92CDE" w:rsidP="00F92CDE">
+    <w:p w14:paraId="7FFBD9DF" w14:textId="77777777" w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00F92CDE" w:rsidP="00F92CDE">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
@@ -292,114 +292,132 @@
       <w:r w:rsidR="00CC3BB9" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>填寫所有欄位</w:t>
       </w:r>
       <w:r w:rsidR="00A65873" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r w:rsidR="00A65873" w:rsidRPr="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>字體工整勿潦草</w:t>
+        <w:t>字體工整</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A65873" w:rsidRPr="00A65873">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>勿</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A65873" w:rsidRPr="00A65873">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>潦草</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5464" w:type="pct"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1103"/>
         <w:gridCol w:w="2299"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="858"/>
         <w:gridCol w:w="423"/>
         <w:gridCol w:w="1154"/>
         <w:gridCol w:w="1818"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="3FF30E49" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="432"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00942171" w:rsidP="00942171">
+          <w:p w14:paraId="7BE22C0E" w14:textId="77777777" w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00942171" w:rsidP="00942171">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>申請類別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4392" w:type="pct"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00E50384">
+          <w:p w14:paraId="2EC11298" w14:textId="77777777" w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00E50384">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00942171" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>高中</w:t>
@@ -491,87 +509,85 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00B21CEF" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>碩士</w:t>
             </w:r>
             <w:r w:rsidR="00CC3BB9" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>組</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="4E757D08" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="425"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00942171" w:rsidP="00942171">
+          <w:p w14:paraId="6A77E1C8" w14:textId="77777777" w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00942171" w:rsidP="00942171">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>申請次數</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4392" w:type="pct"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00E50384">
+          <w:p w14:paraId="141D98A4" w14:textId="77777777" w:rsidR="00942171" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00E50384">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00CC3BB9" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>第1次申請</w:t>
@@ -658,62 +674,62 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>年度</w:t>
             </w:r>
             <w:r w:rsidR="00CC3BB9" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00CC3BB9" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>學期)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="1EE779D2" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="265"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00B12F8B" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="003E6845">
+          <w:p w14:paraId="0C4A7141" w14:textId="77777777" w:rsidR="00B12F8B" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="003E6845">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>一、</w:t>
             </w:r>
             <w:r w:rsidR="00B12F8B" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -731,358 +747,351 @@
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>所有欄位請務必填答、</w:t>
             </w:r>
             <w:r w:rsidR="00E95183" w:rsidRPr="00D23051">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00647AD3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>內</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>勾選</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00E95183">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">V </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="4581F990" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
+          <w:p w14:paraId="31393166" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="7A28F429" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
+          <w:p w14:paraId="102BCE7F" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>身分證字號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="7B9D8C84" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="66248E80" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>大頭照</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006F3E5C" w:rsidRPr="004C4B1F" w:rsidRDefault="006F3E5C" w:rsidP="00A3068D">
+          <w:p w14:paraId="237BA9BB" w14:textId="77777777" w:rsidR="006F3E5C" w:rsidRPr="004C4B1F" w:rsidRDefault="006F3E5C" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="000D1116" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="5A2B2D9E" w14:textId="77777777" w:rsidR="000D1116" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>黏貼處</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="18CA3269" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
+          <w:p w14:paraId="264FEA1F" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>性別</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
+          <w:p w14:paraId="62D574D0" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="000D1116" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">男     </w:t>
             </w:r>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="000D1116" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>女</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00E50384">
+          <w:p w14:paraId="31EF2954" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00E50384">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>出生日期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="3F114638" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">民國   </w:t>
             </w:r>
             <w:r w:rsidR="00A65873">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1118,599 +1127,577 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000D1116" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
+          <w:p w14:paraId="14BFAFDB" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="304EC75E" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="469"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
+          <w:p w14:paraId="1FFCB56C" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>電話</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="000D1116" w:rsidP="00A3068D">
+          <w:p w14:paraId="3CC8AA74" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="000D1116" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00D23051">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
+          <w:p w14:paraId="79400326" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>手機號碼</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="27C5AEEF" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
+          <w:p w14:paraId="65D4D07A" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="3FB056AC" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="399"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
+          <w:p w14:paraId="59431BF7" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3390" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="7E94C31F" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
+          <w:p w14:paraId="2C0E67C9" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="1272283D" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
+          <w:p w14:paraId="6AF9D75A" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>戶籍地址</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3390" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
+          <w:p w14:paraId="0DC793DB" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□□□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
+          <w:p w14:paraId="3C7FEB49" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="343F7846" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="424"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
+          <w:p w14:paraId="407E6209" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00310064">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>通訊地址</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3390" w:type="pct"/>
             <w:gridSpan w:val="5"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
+          <w:p w14:paraId="4B83BDBF" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□□□</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
+          <w:p w14:paraId="1813375C" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00942171">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="0FC75B11" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
+          <w:p w14:paraId="01F5E396" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>就讀學校</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="51288FEA" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
+          <w:p w14:paraId="1C25D41C" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>科系</w:t>
             </w:r>
             <w:r w:rsidR="00837F02" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>/年級</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1342" w:type="pct"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="72470751" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1001" w:type="pct"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
+          <w:p w14:paraId="29F0A3C4" w14:textId="77777777" w:rsidR="00310064" w:rsidRPr="004C4B1F" w:rsidRDefault="00310064" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="202DFF47" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="470"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
+          <w:p w14:paraId="6DFD4BE0" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>學業成績</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00A3068D">
+          <w:p w14:paraId="2954D320" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>總平均</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
@@ -1724,81 +1711,79 @@
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>分</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
+          <w:p w14:paraId="36344B1E" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>推薦教師</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="pct"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00A3068D" w:rsidP="00A3068D">
+          <w:p w14:paraId="0F32853C" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00A3068D" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="00F3421D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
@@ -1807,259 +1792,271 @@
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(職稱</w:t>
             </w:r>
             <w:r w:rsidR="00A65873">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00837F02" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">          )</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="6D4A1AE7" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="608" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
+          <w:p w14:paraId="1FA70E47" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>家扶</w:t>
             </w:r>
             <w:r w:rsidR="00B21CEF" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>曾</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>服務之個案</w:t>
+              <w:t>服務</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>之個案</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1267" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
+          <w:p w14:paraId="66DB7835" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00837F02" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">是     </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00837F02" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>否</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="781" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
+          <w:p w14:paraId="0C9F6EDC" w14:textId="77777777" w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>列冊低收</w:t>
             </w:r>
-          </w:p>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="5B6CAD16" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00837F02" w:rsidP="00F3421D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>入戶</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="pct"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
+          <w:p w14:paraId="7339038D" w14:textId="77777777" w:rsidR="00837F02" w:rsidRPr="004C4B1F" w:rsidRDefault="00E50384" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00A66105" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">是     </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00A66105" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>否</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="00E50384" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="00E50384" w14:paraId="72BA3A7A" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="00E50384">
+          <w:p w14:paraId="4EF6F24C" w14:textId="77777777" w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="00E50384">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>二、</w:t>
             </w:r>
             <w:r w:rsidR="00A66105" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -2099,105 +2096,104 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>視其家庭狀況於□勾選</w:t>
             </w:r>
             <w:r w:rsidR="008144B3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>並說明，1.2.至少勾選一項，可複選</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="6ACE5EA4" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="2335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00A66105" w:rsidP="00A66105">
+          <w:p w14:paraId="6D625799" w14:textId="77777777" w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00A66105" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00465B53">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>家庭中</w:t>
             </w:r>
             <w:r w:rsidR="008642F8" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>主要生計</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">責任者: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
+          <w:p w14:paraId="70C77D65" w14:textId="77777777" w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  1</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>-1</w:t>
             </w:r>
@@ -2256,93 +2252,95 @@
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>年，因</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">         </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>歿。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
+          <w:p w14:paraId="30226C6D" w14:textId="77777777" w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1-2</w:t>
             </w:r>
             <w:r w:rsidR="00E50384" w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00465B53" w:rsidRPr="00465B53">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>罹</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00A66105" w:rsidRPr="00465B53">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>患重傷</w:t>
             </w:r>
             <w:r w:rsidRPr="00465B53">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>病</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，稱謂</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
@@ -2355,89 +2353,107 @@
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，於民國</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>年，罹患</w:t>
+              <w:t>年，</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>罹</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>患</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00B769B3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>疾病。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
+          <w:p w14:paraId="33A65842" w14:textId="77777777" w:rsidR="00983C18" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1-3</w:t>
             </w:r>
@@ -2513,51 +2529,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>月起，因</w:t>
             </w:r>
             <w:r w:rsidR="0075719B" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="0075719B" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，導致無法工作。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0075719B" w:rsidRPr="004C4B1F" w:rsidRDefault="0075719B" w:rsidP="00A66105">
+          <w:p w14:paraId="0F949A78" w14:textId="77777777" w:rsidR="0075719B" w:rsidRPr="004C4B1F" w:rsidRDefault="0075719B" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  1-4</w:t>
             </w:r>
             <w:r w:rsidR="00E50384" w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
@@ -2617,51 +2633,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>月起，因</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，入獄服刑。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
+          <w:p w14:paraId="52F6B3CD" w14:textId="77777777" w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0075719B" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1-5</w:t>
             </w:r>
@@ -2731,87 +2747,87 @@
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F47C31" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00F47C31" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="00A66105" w:rsidP="00A66105">
+          <w:p w14:paraId="5D5CA0E1" w14:textId="77777777" w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="00A66105" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00E50384" w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00F47C31" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>遭遇重大變故，致家庭生活陷於困境，求學困難。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B769B3" w:rsidRPr="004C4B1F" w:rsidRDefault="00F47C31" w:rsidP="00A66105">
+          <w:p w14:paraId="4594B6AC" w14:textId="77777777" w:rsidR="00B769B3" w:rsidRPr="004C4B1F" w:rsidRDefault="00F47C31" w:rsidP="00A66105">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  簡述說明</w:t>
             </w:r>
             <w:r w:rsidR="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：</w:t>
@@ -2831,111 +2847,111 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                               </w:t>
             </w:r>
             <w:r w:rsidR="00B769B3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                               </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F47C31" w:rsidRPr="004C4B1F" w:rsidRDefault="00B769B3" w:rsidP="00E50384">
+          <w:p w14:paraId="7530C3A4" w14:textId="77777777" w:rsidR="00F47C31" w:rsidRPr="004C4B1F" w:rsidRDefault="00B769B3" w:rsidP="00E50384">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                        </w:t>
             </w:r>
             <w:r w:rsidR="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="6167E990" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="295"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="003E6845">
+          <w:p w14:paraId="0A11A15C" w14:textId="77777777" w:rsidR="00A66105" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="003E6845">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>三、</w:t>
             </w:r>
             <w:r w:rsidR="00A66105" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
@@ -2962,67 +2978,86 @@
             <w:r w:rsidR="008144B3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>視其</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>狀況</w:t>
             </w:r>
             <w:r w:rsidR="008144B3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>於□勾選ˇ並說明，1.2.至少勾選一項，可複選)</w:t>
+              <w:t>於□勾選</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="008144B3" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ˇ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="008144B3" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>並說明，1.2.至少勾選一項，可複選)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="7F623D54" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="1208"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F47C31" w:rsidRPr="004C4B1F" w:rsidRDefault="00F47C31" w:rsidP="00F47C31">
+          <w:p w14:paraId="6A781A6B" w14:textId="77777777" w:rsidR="00F47C31" w:rsidRPr="004C4B1F" w:rsidRDefault="00F47C31" w:rsidP="00F47C31">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="001E468A" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>申請人積極參與</w:t>
             </w:r>
             <w:r w:rsidR="00E50384">
@@ -3128,248 +3163,283 @@
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00983C18" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
             <w:r w:rsidR="00983C18" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001E468A" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="00F47C31">
+          <w:p w14:paraId="1C9A644C" w14:textId="77777777" w:rsidR="001E468A" w:rsidRPr="004C4B1F" w:rsidRDefault="003E6845" w:rsidP="00F47C31">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00E50384" w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00465B53">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>申請人</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>有特殊身心狀況，但仍積極求學</w:t>
             </w:r>
             <w:r w:rsidR="00983C18" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F47C31" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="0091336F">
+          <w:p w14:paraId="6A0680E3" w14:textId="77777777" w:rsidR="00F47C31" w:rsidRPr="004C4B1F" w:rsidRDefault="00983C18" w:rsidP="0091336F">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00B769B3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>簡述說明</w:t>
             </w:r>
             <w:r w:rsidR="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidR="00B769B3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                   </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B769B3" w:rsidRPr="004C4B1F" w:rsidRDefault="00B769B3" w:rsidP="0091336F">
+          <w:p w14:paraId="168B7708" w14:textId="77777777" w:rsidR="00B769B3" w:rsidRPr="004C4B1F" w:rsidRDefault="00B769B3" w:rsidP="0091336F">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="4B3C661C" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00407D83" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="00407D83">
+          <w:p w14:paraId="76D7AE08" w14:textId="77777777" w:rsidR="00407D83" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="00407D83">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>申請人簽名</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="5CE70AED" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="890"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE7F89" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="00EE7F89">
+          <w:p w14:paraId="67262E17" w14:textId="77777777" w:rsidR="00EE7F89" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="00EE7F89">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>本人詳閱並同意韌世代獎助學金申請辦法，</w:t>
+              <w:t>本人詳閱並同意</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>韌</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>世代獎助學金申請辦法，</w:t>
             </w:r>
             <w:r w:rsidR="00572304" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>以上所填各項及繳交資料均屬確實 !</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00407D83" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="0007772A">
+              <w:t>以上所填各項及繳交</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00572304" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>資料均屬確實</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00572304" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> !</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3EC3141A" w14:textId="72AC2129" w:rsidR="00407D83" w:rsidRPr="004C4B1F" w:rsidRDefault="00407D83" w:rsidP="0007772A">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>簽名</w:t>
             </w:r>
             <w:r w:rsidR="00707114">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
@@ -3385,57 +3455,57 @@
             <w:r w:rsidR="00EE7F89" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EE7F89" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF54F9">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="000D47AF">
-[...5 lines deleted...]
-              <w:t>4</w:t>
+            <w:r w:rsidR="00633BB3">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0007772A">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -3528,83 +3598,83 @@
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="2300440C" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="646"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3129" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000D202A" w:rsidRPr="004C4B1F" w:rsidRDefault="00C300A4" w:rsidP="00407D83">
+          <w:p w14:paraId="269B0C01" w14:textId="77777777" w:rsidR="000D202A" w:rsidRPr="004C4B1F" w:rsidRDefault="00C300A4" w:rsidP="00407D83">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>繳驗資料</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C300A4" w:rsidRPr="004C4B1F" w:rsidRDefault="00C8154C" w:rsidP="00407D83">
+          <w:p w14:paraId="2528370A" w14:textId="77777777" w:rsidR="00C300A4" w:rsidRPr="004C4B1F" w:rsidRDefault="00C8154C" w:rsidP="00407D83">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="0091336F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -3621,92 +3691,112 @@
             <w:r w:rsidR="0091336F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>勾選V</w:t>
             </w:r>
             <w:r w:rsidR="000D202A" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>，並依序排列</w:t>
             </w:r>
             <w:r w:rsidR="00407D83" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>，以長尾夾裝訂於左上角</w:t>
+              <w:t>，以</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00407D83" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>長尾夾裝訂</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00407D83" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>於左上角</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1871" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00407D83" w:rsidRPr="004C4B1F" w:rsidRDefault="00C8154C" w:rsidP="00407D83">
+          <w:p w14:paraId="12D448B6" w14:textId="77777777" w:rsidR="00407D83" w:rsidRPr="004C4B1F" w:rsidRDefault="00C8154C" w:rsidP="00407D83">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>審查</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C300A4" w:rsidRPr="004C4B1F" w:rsidRDefault="00C8154C" w:rsidP="00407D83">
+          <w:p w14:paraId="74F62BEE" w14:textId="77777777" w:rsidR="00C300A4" w:rsidRPr="004C4B1F" w:rsidRDefault="00C8154C" w:rsidP="00407D83">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00407D83" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>以下</w:t>
             </w:r>
@@ -3715,313 +3805,366 @@
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>由家扶審查</w:t>
             </w:r>
             <w:r w:rsidR="00407D83" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>、</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
               </w:rPr>
               <w:t>填寫)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="282551A1" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="1254"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3129" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+          <w:p w14:paraId="5C3F3A21" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>1.韌世代獎助學金申請表，正本一份(本表，附件一)</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+              <w:t>1.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>韌</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>世代獎助學金申請表，正本一份(本表，附件一)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00A5DF8E" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>2.自傳，正本一份(附件二)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+          <w:p w14:paraId="767DFCB6" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3.教師推薦函，正本一份(附件三)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+          <w:p w14:paraId="5A54BFD0" w14:textId="3CDA2B56" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r w:rsidR="00D420B9" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF54F9">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="0055531A">
-[...5 lines deleted...]
-              <w:t>3</w:t>
+            <w:r w:rsidR="00633BB3">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00D420B9" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>學年度第</w:t>
             </w:r>
-            <w:r w:rsidR="005D163D">
-[...5 lines deleted...]
-              <w:t>二</w:t>
+            <w:r w:rsidR="00633BB3">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>一</w:t>
             </w:r>
             <w:r w:rsidR="00D420B9" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>學期</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>成績單，正本一份</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+          <w:p w14:paraId="004F70F3" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r w:rsidR="00BB1C91">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>近六個月內「</w:t>
+              <w:t>近六</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00BB1C91">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>個</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00BB1C91">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>月內「</w:t>
             </w:r>
             <w:r w:rsidR="00F53166" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>全戶</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>戶籍謄本</w:t>
             </w:r>
             <w:r w:rsidR="00BB1C91" w:rsidRPr="00CC0792">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>」</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...3 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="005D163D" w:rsidRPr="00CC0792">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>(記事勿省略)</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t>(記事</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="005D163D" w:rsidRPr="00CC0792">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>勿</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="005D163D" w:rsidRPr="00CC0792">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>省略)</w:t>
+            </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00CC0792">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>正本一份</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+          <w:p w14:paraId="02ACBA5A" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00647AD3" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
@@ -4036,102 +4179,102 @@
             <w:r w:rsidR="005338A6">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005D163D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>年度全戶綜合所得稅各類所得資料，正本一份</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+          <w:p w14:paraId="3775B848" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00F53166" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>7.1</w:t>
             </w:r>
             <w:r w:rsidR="005338A6">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="005D163D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>年度全國財產稅總歸戶財產清單，正本一份</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00E02574" w:rsidRDefault="00707114" w:rsidP="00485E18">
+          <w:p w14:paraId="3A2B831A" w14:textId="4F3FF276" w:rsidR="00345091" w:rsidRPr="00E02574" w:rsidRDefault="00707114" w:rsidP="00485E18">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:ind w:left="432" w:hangingChars="108" w:hanging="432"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00F27C66" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>8</w:t>
@@ -4154,461 +4297,476 @@
             </w:r>
             <w:r w:rsidR="005D163D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C405CF" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>學</w:t>
             </w:r>
             <w:r w:rsidR="00F53166" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>年度第</w:t>
             </w:r>
-            <w:r w:rsidR="005D163D">
-[...5 lines deleted...]
-              <w:t>一</w:t>
+            <w:r w:rsidR="00633BB3">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>二</w:t>
             </w:r>
             <w:r w:rsidR="00F53166" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>學期</w:t>
             </w:r>
             <w:r w:rsidR="00A65873" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>學校註冊繳費單</w:t>
             </w:r>
             <w:r w:rsidR="001109EA" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>，影</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>本一份</w:t>
             </w:r>
             <w:r w:rsidR="00E51543" w:rsidRPr="00E02574">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>或</w:t>
             </w:r>
             <w:r w:rsidR="00485E18" w:rsidRPr="00E02574">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>校方開立之「在學證明」，正本一份</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
+          <w:p w14:paraId="32515802" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00C06D63">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00F27C66" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.家庭特殊狀況證明文件:共   </w:t>
             </w:r>
             <w:r w:rsidR="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  張</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A119C3" w:rsidRPr="004C4B1F" w:rsidRDefault="00707114" w:rsidP="008005BE">
+          <w:p w14:paraId="75AA1D37" w14:textId="77777777" w:rsidR="00A119C3" w:rsidRPr="004C4B1F" w:rsidRDefault="00707114" w:rsidP="008005BE">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00F27C66" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>.韌世代精神之佐證資料:共     張</w:t>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>韌</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>世代精神之佐證資料:共     張</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="233" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00345091" w:rsidP="008F1F84">
+          <w:p w14:paraId="1A2FB4AE" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00345091" w:rsidP="008F1F84">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>初審</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006A3B5C" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00345091">
+          <w:p w14:paraId="333327B1" w14:textId="77777777" w:rsidR="006A3B5C" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00345091">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>左列</w:t>
             </w:r>
             <w:r w:rsidR="00567AA7" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1~10</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>項資料</w:t>
             </w:r>
             <w:r w:rsidR="006A3B5C" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>正確</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00345091">
+          <w:p w14:paraId="4C8678C8" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00345091">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="006A3B5C" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>左列</w:t>
             </w:r>
             <w:r w:rsidR="00567AA7" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>1~10</w:t>
             </w:r>
             <w:r w:rsidR="006A3B5C" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>項資料</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>完整</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00345091">
+          <w:p w14:paraId="5DD4756F" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00707114" w:rsidP="00345091">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>資料缺件</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidR="00345091" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>(第     項)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00345091" w:rsidRPr="004C4B1F" w:rsidRDefault="00707114" w:rsidP="006A3B5C">
+          <w:p w14:paraId="3AAA08ED" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="004C4B1F" w:rsidRDefault="00707114" w:rsidP="006A3B5C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="006A3B5C" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>資格不符</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="003C4033">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="769EF4C6" w14:textId="77777777" w:rsidTr="003C4033">
         <w:trPr>
           <w:trHeight w:val="1830"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3129" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00345091" w:rsidRPr="004C4B1F" w:rsidRDefault="00345091" w:rsidP="00C8154C">
+          <w:p w14:paraId="3AB945AF" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="004C4B1F" w:rsidRDefault="00345091" w:rsidP="00C8154C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="233" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00345091" w:rsidP="008F1F84">
+          <w:p w14:paraId="70B32D41" w14:textId="77777777" w:rsidR="00345091" w:rsidRPr="00A3068D" w:rsidRDefault="00345091" w:rsidP="008F1F84">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>覆審</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1638" w:type="pct"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00345091" w:rsidRDefault="00707114" w:rsidP="00A3068D">
+          <w:p w14:paraId="24DBF8EC" w14:textId="77777777" w:rsidR="00345091" w:rsidRDefault="00707114" w:rsidP="00A3068D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="248" w:hangingChars="62" w:hanging="248"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
@@ -4623,393 +4781,429 @@
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>經審查，基本資料符合，</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>並</w:t>
             </w:r>
             <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>且具備韌世代精神</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A3068D" w:rsidRDefault="00A3068D" w:rsidP="00C06D63">
+              <w:t>且具備</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>韌</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>世代精神</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25E93533" w14:textId="77777777" w:rsidR="00A3068D" w:rsidRDefault="00A3068D" w:rsidP="00C06D63">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="248" w:hangingChars="62" w:hanging="248"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00C06D63" w:rsidRPr="004C4B1F" w:rsidRDefault="00707114" w:rsidP="00A3068D">
+          <w:p w14:paraId="7EAAB998" w14:textId="77777777" w:rsidR="00C06D63" w:rsidRPr="004C4B1F" w:rsidRDefault="00707114" w:rsidP="00A3068D">
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="248" w:hangingChars="62" w:hanging="248"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:t>□</w:t>
             </w:r>
             <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>未通過</w:t>
             </w:r>
             <w:r w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
               </w:rPr>
-              <w:t>經審查，基本資料符合，但未具備韌世代精神</w:t>
+              <w:t>經審查，基本資料符合，但未具備</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>韌</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00940375" w:rsidRPr="00A3068D">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="22"/>
+              </w:rPr>
+              <w:t>世代精神</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001D6832" w:rsidRPr="004C4B1F" w:rsidRDefault="001D6832" w:rsidP="00A42EBB">
+    <w:p w14:paraId="4B215A2C" w14:textId="77777777" w:rsidR="001D6832" w:rsidRPr="004C4B1F" w:rsidRDefault="001D6832" w:rsidP="00A42EBB">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04946B07" wp14:editId="4CDA94D4">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0ADC2B9B" wp14:editId="3B819540">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5305094</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-322580</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="596348" cy="278296"/>
                 <wp:effectExtent l="0" t="0" r="13335" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1" name="文字方塊 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="596348" cy="278296"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="001D6832" w:rsidRPr="00407D83" w:rsidRDefault="001D6832" w:rsidP="001D6832">
+                          <w:p w14:paraId="604E017A" w14:textId="77777777" w:rsidR="001D6832" w:rsidRPr="00407D83" w:rsidRDefault="001D6832" w:rsidP="001D6832">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>附件二</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="04946B07" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:417.7pt;margin-top:-25.4pt;width:46.95pt;height:21.9pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAPIuFPPAIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfadrQdrdR09XSpQhp&#10;+ZEWDuA6TmPheIztNikXQOIAyzMH4AAcaPccjJ1siYAnRB4sj2f8eeb7ZrK8aGtFDsI6CTqnk9GY&#10;EqE5FFLvcvr+3ebJOSXOM10wBVrk9CgcvVg9frRsTCZSqEAVwhIE0S5rTE4r702WJI5XomZuBEZo&#10;dJZga+bRtLuksKxB9Fol6Xg8TxqwhbHAhXN4etU56Sril6Xg/k1ZOuGJyinm5uNq47oNa7Jasmxn&#10;makk79Ng/5BFzaTGR09QV8wzsrfyD6hacgsOSj/iUCdQlpKLWANWMxn/Vs1NxYyItSA5zpxocv8P&#10;lr8+vLVEFqgdJZrVKNH97ee771/vb3/cfftC0sBQY1yGgTcGQ337DNoQHap15hr4B0c0rCumd+LS&#10;WmgqwQrMcBJuJoOrHY4LINvmFRT4FNt7iEBtaesAiIQQREeljid1ROsJx8PZYv50iu3E0ZWenaeL&#10;eXyBZQ+XjXX+hYCahE1OLYofwdnh2vmQDMseQmLyoGSxkUpFw+62a2XJgWGjbOLXo7thmNKkyeli&#10;ls66+oc+N4QYx+9vELX02PFK1jk9PwWxLLD2XBexHz2Tqttjykr3NAbmOg59u217zXp1tlAckVcL&#10;XYPjQOKmAvuJkgabO6fu455ZQYl6qVGbxWQ6DdMQjensLEXDDj3boYdpjlA59ZR027WPExR403CJ&#10;GpYy8hvE7jLpU8amjbT3AxamYmjHqF+/gdVPAAAA//8DAFBLAwQUAAYACAAAACEACe2IM+AAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbFBr0/SVEKdCSCDYQanK1o2nSYQf&#10;wXbT8PcMK1jOzNWZc8vNaA0bMMTOOwm3UwEMXe115xoJu/fHyRpYTMppZbxDCd8YYVNdXpSq0P7s&#10;3nDYpoYRxMVCSWhT6gvOY92iVXHqe3R0O/pgVaIxNFwHdSa4NXwmxJJb1Tn60KoeH1qsP7cnK2E9&#10;fx4+4kv2uq+XR5Onm9Xw9BWkvL4a7++AJRzTXxh+9UkdKnI6+JPTkRliZIs5RSVMFoI6UCKf5Rmw&#10;A21WAnhV8v8Vqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADyLhTzwCAABOBAAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEACe2IM+AAAAAKAQAA&#10;DwAAAAAAAAAAAAAAAACWBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKMFAAAAAA==&#10;">
+              <v:shape w14:anchorId="0ADC2B9B" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:417.7pt;margin-top:-25.4pt;width:46.95pt;height:21.9pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNqnxVEgIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjxkjQx4hRdugwD&#10;ugvQ7QNkSY6FyaImKbG7ry8lu2l2exmmB4EUqUPykNxc960mJ+m8AlPS2WRKiTQchDKHkn79sn+1&#10;osQHZgTTYGRJH6Sn19uXLzadLWQODWghHUEQ44vOlrQJwRZZ5nkjW+YnYKVBYw2uZQFVd8iEYx2i&#10;tzrLp9Nl1oET1gGX3uPr7WCk24Rf15KHT3XtZSC6pJhbSLdLdxXvbLthxcEx2yg+psH+IYuWKYNB&#10;z1C3LDBydOo3qFZxBx7qMOHQZlDXistUA1Yzm/5SzX3DrEy1IDnenmny/w+Wfzzd28+OhP4N9NjA&#10;VIS3d8C/eWJg1zBzkDfOQddIJjDwLFKWddYX49dItS98BKm6DyCwyewYIAH1tWsjK1gnQXRswMOZ&#10;dNkHwvFxsV6+nuOUcDTlV6t8vUwRWPH02Tof3kloSRRK6rCnCZyd7nyIybDiySXG8qCV2Cutk+IO&#10;1U47cmLY/306I/pPbtqQrqTrRb4Y6v8rxDSdP0G0KuAga9WWdHV2YkVk7a0RacwCU3qQMWVtRhoj&#10;cwOHoa96osTIcWS1AvGAvDoY5hb3DIUG3A9KOpzZkvrvR+YkJfq9wd6sZ/N5HPKkzBdXOSru0lJd&#10;WpjhCFXSQMkg7kJajMibgRvsYa0Sv8+ZjCnjLCbax72Jw36pJ6/n7d4+AgAA//8DAFBLAwQUAAYA&#10;CAAAACEACe2IM+AAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbFBr0/SV&#10;EKdCSCDYQanK1o2nSYQfwXbT8PcMK1jOzNWZc8vNaA0bMMTOOwm3UwEMXe115xoJu/fHyRpYTMpp&#10;ZbxDCd8YYVNdXpSq0P7s3nDYpoYRxMVCSWhT6gvOY92iVXHqe3R0O/pgVaIxNFwHdSa4NXwmxJJb&#10;1Tn60KoeH1qsP7cnK2E9fx4+4kv2uq+XR5Onm9Xw9BWkvL4a7++AJRzTXxh+9UkdKnI6+JPTkRli&#10;ZIs5RSVMFoI6UCKf5RmwA21WAnhV8v8Vqh8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;jap8VRICAAAlBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEACe2IM+AAAAAKAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="001D6832" w:rsidRPr="00407D83" w:rsidRDefault="001D6832" w:rsidP="001D6832">
+                    <w:p w14:paraId="604E017A" w14:textId="77777777" w:rsidR="001D6832" w:rsidRPr="00407D83" w:rsidRDefault="001D6832" w:rsidP="001D6832">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>附件二</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>財團法人台灣兒童暨家庭扶助基金會</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA223F" w:rsidRPr="004C4B1F" w:rsidRDefault="00114A5D" w:rsidP="00A42EBB">
+    <w:p w14:paraId="598D28C4" w14:textId="163BD336" w:rsidR="00CA223F" w:rsidRPr="004C4B1F" w:rsidRDefault="00114A5D" w:rsidP="00A42EBB">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="005D163D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>學</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>年度第</w:t>
       </w:r>
-      <w:r w:rsidR="005D163D">
+      <w:r w:rsidR="00633BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>一</w:t>
+        <w:t>二</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>學期</w:t>
       </w:r>
       <w:r w:rsidR="00CA223F" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>「韌世代」獎助學金</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="009A57B1" w:rsidP="00A42EBB">
+    <w:p w14:paraId="1761DECB" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="009A57B1" w:rsidP="00A42EBB">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>自</w:t>
       </w:r>
       <w:r w:rsidR="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">　</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>傳</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="6741"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00A42EBB">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="1E81741B" w14:textId="77777777" w:rsidTr="00A42EBB">
         <w:trPr>
           <w:trHeight w:val="445"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001D6832" w:rsidRPr="004C4B1F" w:rsidRDefault="00740E42" w:rsidP="00A65873">
+          <w:p w14:paraId="20ACC154" w14:textId="77777777" w:rsidR="001D6832" w:rsidRPr="004C4B1F" w:rsidRDefault="00740E42" w:rsidP="00A65873">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>一、</w:t>
             </w:r>
             <w:r w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>自傳</w:t>
@@ -5035,1245 +5229,1294 @@
             <w:r w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00A92E0E">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>請</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>概述自己成長過程、符合韌世代精神之經歷</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A65873" w:rsidRPr="004C4B1F">
+              <w:t>概述自己成長過程、符合</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>，</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A65873">
+              <w:t>韌</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>至少</w:t>
+              <w:t>世代精神之經歷</w:t>
             </w:r>
             <w:r w:rsidR="00A65873" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>500字</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F">
+              <w:t>，</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65873">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:t>至少</w:t>
+            </w:r>
+            <w:r w:rsidR="00A65873" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>500字</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00706F99">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="021C532C" w14:textId="77777777" w:rsidTr="00706F99">
         <w:trPr>
           <w:trHeight w:val="12758"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8296" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00647AD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00647AD3" w:rsidP="00706F99">
+          <w:p w14:paraId="674FF950" w14:textId="77777777" w:rsidR="00647AD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00647AD3" w:rsidP="00706F99">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B6A18" w:rsidRPr="004C4B1F" w:rsidTr="002F7F8A">
+      <w:tr w:rsidR="006B6A18" w:rsidRPr="004C4B1F" w14:paraId="1F56A9C9" w14:textId="77777777" w:rsidTr="002F7F8A">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
+          <w:p w14:paraId="13AF820C" w14:textId="77777777" w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71173">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>申請人簽名/蓋章</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6741" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
+          <w:p w14:paraId="4F1CCFA4" w14:textId="77777777" w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidTr="00A42EBB">
+      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w14:paraId="78A61F08" w14:textId="77777777" w:rsidTr="00A42EBB">
         <w:trPr>
           <w:trHeight w:val="580"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="00251AA6" w:rsidP="00A42EBB">
+          <w:p w14:paraId="5ABC4A60" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="00251AA6" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>日  期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6741" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="00CF54F9" w:rsidP="00411B9D">
+          <w:p w14:paraId="047E3439" w14:textId="13A55E39" w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="00CF54F9" w:rsidP="00411B9D">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00411B9D">
+            <w:r w:rsidR="00633BB3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">年   </w:t>
             </w:r>
             <w:r w:rsidR="00647AD3" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    月     </w:t>
             </w:r>
             <w:r w:rsidR="00647AD3" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
+    <w:p w14:paraId="18017C2E" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="788C6613" wp14:editId="3D34D7AC">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75479E13" wp14:editId="57883956">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5305094</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-322580</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="596348" cy="278296"/>
                 <wp:effectExtent l="0" t="0" r="13335" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="2" name="文字方塊 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="596348" cy="278296"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00AF2FD3" w:rsidRPr="00407D83" w:rsidRDefault="00AF2FD3" w:rsidP="00AF2FD3">
+                          <w:p w14:paraId="0941845C" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="00407D83" w:rsidRDefault="00AF2FD3" w:rsidP="00AF2FD3">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
-                              <w:t>附件三</w:t>
+                              <w:t>附件</w:t>
                             </w:r>
+                            <w:proofErr w:type="gramStart"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                                <w:b/>
+                                <w:sz w:val="20"/>
+                              </w:rPr>
+                              <w:t>三</w:t>
+                            </w:r>
+                            <w:proofErr w:type="gramEnd"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="788C6613" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:417.7pt;margin-top:-25.4pt;width:46.95pt;height:21.9pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCwwEhsOwIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfadrQdtuo6WrpUoS0&#10;/EgLB3Adp7FwPMZ2m5QLIHGA5ZkDcAAOtHsOxk62lL8XRB4sj2f8eeb7ZrI4b2tF9sI6CTqno8GQ&#10;EqE5FFJvc/r2zfrRjBLnmS6YAi1yehCOni8fPlg0JhMpVKAKYQmCaJc1JqeV9yZLEscrUTM3ACM0&#10;OkuwNfNo2m1SWNYgeq2SdDicJg3Ywljgwjk8veycdBnxy1Jw/6osnfBE5RRz83G1cd2ENVkuWLa1&#10;zFSS92mwf8iiZlLjo0eoS+YZ2Vn5G1QtuQUHpR9wqBMoS8lFrAGrGQ1/qea6YkbEWpAcZ440uf8H&#10;y1/uX1sii5ymlGhWo0R3Nx9vv36+u/l2++UTSQNDjXEZBl4bDPXtE2hR6VitM1fA3zmiYVUxvRUX&#10;1kJTCVZghqNwMzm52uG4ALJpXkCBT7GdhwjUlrYO9CEhBNFRqcNRHdF6wvFwMp8+HmM7cXSlZ7N0&#10;Po0vsOz+srHOPxNQk7DJqUXxIzjbXzkfkmHZfUh4y4GSxVoqFQ273ayUJXuGjbKOX4/+U5jSpMnp&#10;fJJOuvr/CjGM358gaumx45Wsczo7BrEssPZUF7EfPZOq22PKSvc0BuY6Dn27aXvNenU2UByQVwtd&#10;g+NA4qYC+4GSBps7p+79jllBiXquUZv5aDwO0xCN8eQsRcOeejanHqY5QuXUU9JtVz5OUOBNwwVq&#10;WMrIbxC7y6RPGZs20t4PWJiKUztG/fgNLL8DAAD//wMAUEsDBBQABgAIAAAAIQAJ7Ygz4AAAAAoB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUGvT9JUQp0JIINhBqcrWjadJhB/B&#10;dtPw9wwrWM7M1Zlzy81oDRswxM47CbdTAQxd7XXnGgm798fJGlhMymllvEMJ3xhhU11elKrQ/uze&#10;cNimhhHExUJJaFPqC85j3aJVcep7dHQ7+mBVojE0XAd1Jrg1fCbEklvVOfrQqh4fWqw/tycrYT1/&#10;Hj7iS/a6r5dHk6eb1fD0FaS8vhrv74AlHNNfGH71SR0qcjr4k9ORGWJkizlFJUwWgjpQIp/lGbAD&#10;bVYCeFXy/xWqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCwwEhsOwIAAE4EAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAJ7Ygz4AAAAAoBAAAP&#10;AAAAAAAAAAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAogUAAAAA&#10;">
+              <v:shape w14:anchorId="75479E13" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:417.7pt;margin-top:-25.4pt;width:46.95pt;height:21.9pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC6dL6UFAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjxkjQx4hRdugwD&#10;ugvQ7QNkSY6FyaImKbG7ry8lu2l2exmmB4EUqUPykNxc960mJ+m8AlPS2WRKiTQchDKHkn79sn+1&#10;osQHZgTTYGRJH6Sn19uXLzadLWQODWghHUEQ44vOlrQJwRZZ5nkjW+YnYKVBYw2uZQFVd8iEYx2i&#10;tzrLp9Nl1oET1gGX3uPr7WCk24Rf15KHT3XtZSC6pJhbSLdLdxXvbLthxcEx2yg+psH+IYuWKYNB&#10;z1C3LDBydOo3qFZxBx7qMOHQZlDXistUA1Yzm/5SzX3DrEy1IDnenmny/w+Wfzzd28+OhP4N9NjA&#10;VIS3d8C/eWJg1zBzkDfOQddIJjDwLFKWddYX49dItS98BKm6DyCwyewYIAH1tWsjK1gnQXRswMOZ&#10;dNkHwvFxsV6+nuOUcDTlV6t8vUwRWPH02Tof3kloSRRK6rCnCZyd7nyIybDiySXG8qCV2Cutk+IO&#10;1U47cmLY/306I/pPbtqQrqTrRb4Y6v8rxDSdP0G0KuAga9WWdHV2YkVk7a0RacwCU3qQMWVtRhoj&#10;cwOHoa96ogTSEANEVisQD8irg2Fucc9QaMD9oKTDmS2p/35kTlKi3xvszXo2n8chT8p8cZWj4i4t&#10;1aWFGY5QJQ2UDOIupMWIvBm4wR7WKvH7nMmYMs5ion3cmzjsl3ryet7u7SMAAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAJ7Ygz4AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUGvT&#10;9JUQp0JIINhBqcrWjadJhB/BdtPw9wwrWM7M1Zlzy81oDRswxM47CbdTAQxd7XXnGgm798fJGlhM&#10;ymllvEMJ3xhhU11elKrQ/uzecNimhhHExUJJaFPqC85j3aJVcep7dHQ7+mBVojE0XAd1Jrg1fCbE&#10;klvVOfrQqh4fWqw/tycrYT1/Hj7iS/a6r5dHk6eb1fD0FaS8vhrv74AlHNNfGH71SR0qcjr4k9OR&#10;GWJkizlFJUwWgjpQIp/lGbADbVYCeFXy/xWqHwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQC6dL6UFAIAACUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQAJ7Ygz4AAAAAoBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAewUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00AF2FD3" w:rsidRPr="00407D83" w:rsidRDefault="00AF2FD3" w:rsidP="00AF2FD3">
+                    <w:p w14:paraId="0941845C" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="00407D83" w:rsidRDefault="00AF2FD3" w:rsidP="00AF2FD3">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
-                        <w:t>附件三</w:t>
+                        <w:t>附件</w:t>
                       </w:r>
+                      <w:proofErr w:type="gramStart"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                          <w:b/>
+                          <w:sz w:val="20"/>
+                        </w:rPr>
+                        <w:t>三</w:t>
+                      </w:r>
+                      <w:proofErr w:type="gramEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>財團法人台灣兒童暨家庭扶助基金會</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA223F" w:rsidRPr="00A42EBB" w:rsidRDefault="00114A5D" w:rsidP="00A42EBB">
+    <w:p w14:paraId="0C05B75F" w14:textId="3EFD5856" w:rsidR="00CA223F" w:rsidRPr="00A42EBB" w:rsidRDefault="00114A5D" w:rsidP="00A42EBB">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="005D163D">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>學</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>年度第</w:t>
       </w:r>
-      <w:r w:rsidR="005D163D">
+      <w:r w:rsidR="00633BB3">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>一</w:t>
+        <w:t>二</w:t>
       </w:r>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>學期</w:t>
       </w:r>
       <w:r w:rsidR="00CA223F" w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>「韌世代」獎助學金申請表</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008F1F84" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
+    <w:p w14:paraId="52587600" w14:textId="77777777" w:rsidR="008F1F84" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
       <w:pPr>
         <w:spacing w:line="320" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>教師推薦函</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1413"/>
         <w:gridCol w:w="283"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="2347"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00A42EBB">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="0F7738A1" w14:textId="77777777" w:rsidTr="00A42EBB">
         <w:trPr>
           <w:trHeight w:val="491"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
+          <w:p w14:paraId="26B3CA93" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>學生姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
+          <w:p w14:paraId="5A6F2472" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="008F1F84" w:rsidP="00A42EBB">
+          <w:p w14:paraId="74D60858" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="008F1F84" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>就讀學校</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2347" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
+          <w:p w14:paraId="520B1D7D" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00A42EBB">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="733C5F36" w14:textId="77777777" w:rsidTr="00A42EBB">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008F1F84" w:rsidRPr="00A42EBB" w:rsidRDefault="008F1F84" w:rsidP="00A42EBB">
+          <w:p w14:paraId="6BC42166" w14:textId="77777777" w:rsidR="008F1F84" w:rsidRPr="00A42EBB" w:rsidRDefault="008F1F84" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>科系/年級</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008F1F84" w:rsidRPr="004C4B1F" w:rsidRDefault="008F1F84" w:rsidP="002A388C">
+          <w:p w14:paraId="5E4226A3" w14:textId="77777777" w:rsidR="008F1F84" w:rsidRPr="004C4B1F" w:rsidRDefault="008F1F84" w:rsidP="002A388C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="008F1F84" w:rsidRPr="00A42EBB" w:rsidRDefault="008F1F84" w:rsidP="00A42EBB">
+          <w:p w14:paraId="2AD11A4D" w14:textId="77777777" w:rsidR="008F1F84" w:rsidRPr="00A42EBB" w:rsidRDefault="008F1F84" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>學號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2347" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008F1F84" w:rsidRPr="004C4B1F" w:rsidRDefault="008F1F84" w:rsidP="002A388C">
+          <w:p w14:paraId="32EAC2B5" w14:textId="77777777" w:rsidR="008F1F84" w:rsidRPr="004C4B1F" w:rsidRDefault="008F1F84" w:rsidP="002A388C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00A42EBB">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="22C16C57" w14:textId="77777777" w:rsidTr="00A42EBB">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
+          <w:p w14:paraId="6E1D8311" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>教師姓名</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
+          <w:p w14:paraId="7D3A051B" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
+          <w:p w14:paraId="35E2C63C" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="00A42EBB" w:rsidRDefault="00AF2FD3" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>教師職稱</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2347" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
+          <w:p w14:paraId="57DBB527" w14:textId="77777777" w:rsidR="00AF2FD3" w:rsidRPr="004C4B1F" w:rsidRDefault="00AF2FD3" w:rsidP="002A388C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00A42EBB">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="62EC2897" w14:textId="77777777" w:rsidTr="00A42EBB">
         <w:trPr>
           <w:trHeight w:val="555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1413" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A388C" w:rsidRPr="00A42EBB" w:rsidRDefault="002A388C" w:rsidP="00A42EBB">
+          <w:p w14:paraId="716610E8" w14:textId="77777777" w:rsidR="002A388C" w:rsidRPr="00A42EBB" w:rsidRDefault="002A388C" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>學業成績</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6883" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A388C" w:rsidRPr="00A42EBB" w:rsidRDefault="00CF54F9" w:rsidP="00411B9D">
+          <w:p w14:paraId="73A3832C" w14:textId="0EBA3474" w:rsidR="002A388C" w:rsidRPr="00A42EBB" w:rsidRDefault="00CF54F9" w:rsidP="00411B9D">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00411B9D">
+            <w:r w:rsidR="00633BB3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C405CF" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>學</w:t>
             </w:r>
             <w:r w:rsidR="002A388C" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
             <w:r w:rsidR="004B1E8B" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>度</w:t>
             </w:r>
             <w:r w:rsidR="002A388C" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>第</w:t>
             </w:r>
-            <w:r w:rsidR="005D163D">
+            <w:r w:rsidR="00633BB3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>二</w:t>
+              <w:t>一</w:t>
             </w:r>
             <w:r w:rsidR="002A388C" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>學期學業成績平均      分</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00251AA6">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="1CBA830E" w14:textId="77777777" w:rsidTr="00251AA6">
         <w:trPr>
           <w:trHeight w:val="435"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8296" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="002A388C" w:rsidRPr="004C4B1F" w:rsidRDefault="002A388C" w:rsidP="00A42EBB">
+          <w:p w14:paraId="18DE2191" w14:textId="77777777" w:rsidR="002A388C" w:rsidRPr="004C4B1F" w:rsidRDefault="002A388C" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>教師推薦</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00251AA6">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="24256C9E" w14:textId="77777777" w:rsidTr="00251AA6">
         <w:trPr>
           <w:trHeight w:val="9688"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8296" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A42EBB" w:rsidRPr="004C4B1F" w:rsidRDefault="00A42EBB" w:rsidP="00A42EBB">
+          <w:p w14:paraId="3A427F96" w14:textId="77777777" w:rsidR="00A42EBB" w:rsidRPr="004C4B1F" w:rsidRDefault="00A42EBB" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006B6A18" w:rsidRPr="004C4B1F" w:rsidTr="00D94F9C">
+      <w:tr w:rsidR="006B6A18" w:rsidRPr="004C4B1F" w14:paraId="4F912B44" w14:textId="77777777" w:rsidTr="00D94F9C">
         <w:trPr>
           <w:trHeight w:val="556"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
+          <w:p w14:paraId="4AC4BC0B" w14:textId="77777777" w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F71173">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>推薦教師簽名/蓋章</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
+          <w:p w14:paraId="786ED93F" w14:textId="77777777" w:rsidR="006B6A18" w:rsidRPr="00C81F25" w:rsidRDefault="006B6A18" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidTr="00A42EBB">
+      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w14:paraId="0D48D35A" w14:textId="77777777" w:rsidTr="00A42EBB">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1696" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="00251AA6" w:rsidP="00A42EBB">
+          <w:p w14:paraId="0F35A067" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="00251AA6" w:rsidP="00A42EBB">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>日  期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="004C2F36" w:rsidP="00411B9D">
+          <w:p w14:paraId="17575AF3" w14:textId="3F90820A" w:rsidR="00251AA6" w:rsidRPr="00A42EBB" w:rsidRDefault="004C2F36" w:rsidP="00411B9D">
             <w:pPr>
               <w:spacing w:line="320" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CF54F9">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00411B9D">
+            <w:r w:rsidR="00633BB3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">年    </w:t>
             </w:r>
             <w:r w:rsidR="00647AD3" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">月   </w:t>
             </w:r>
             <w:r w:rsidR="00647AD3" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00CA223F">
+    <w:p w14:paraId="3DE0EA94" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00CA223F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:sectPr w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidSect="00F3421D">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="680" w:right="1797" w:bottom="680" w:left="1797" w:header="851" w:footer="992" w:gutter="0"/>
           <w:cols w:space="425"/>
           <w:docGrid w:type="lines" w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-432"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dashed" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12328"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00251AA6">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="3F340ED4" w14:textId="77777777" w:rsidTr="00251AA6">
         <w:trPr>
           <w:trHeight w:val="1328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
+          <w:p w14:paraId="78940328" w14:textId="77777777" w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
+          <w:p w14:paraId="614A1C1A" w14:textId="77777777" w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">注意事項: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
+          <w:p w14:paraId="7324F3F9" w14:textId="77777777" w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>1.本封面請固定貼於</w:t>
+              <w:t>1.本封面請</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>固定貼</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C4B1F">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t>於</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>B4</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>大小之信封上</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008468DE" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
+          <w:p w14:paraId="6BB09230" w14:textId="77777777" w:rsidR="008468DE" w:rsidRDefault="008468DE" w:rsidP="00251AA6">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>2.請</w:t>
             </w:r>
             <w:r w:rsidR="001909F0">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>將書面資料依申請表上的順序排列後，由上而下排列整齊，</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
@@ -6298,191 +6541,199 @@
               </w:rPr>
               <w:t>處固定</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>，</w:t>
             </w:r>
             <w:r w:rsidRPr="00A42EBB">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>請勿摺疊</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>，文件應平放裝入B4信封袋內!</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D3382B" w:rsidRPr="004C4B1F" w:rsidRDefault="00D3382B" w:rsidP="00251AA6">
+          <w:p w14:paraId="6FE529A8" w14:textId="77777777" w:rsidR="00D3382B" w:rsidRPr="004C4B1F" w:rsidRDefault="00D3382B" w:rsidP="00251AA6">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>自行填寫欲申請</w:t>
             </w:r>
             <w:r w:rsidR="00BB6396">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>人戶籍所在之</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>家扶中心地址(參照申請辦法第三頁)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00411B9D">
+          <w:p w14:paraId="457BF35D" w14:textId="417175AC" w:rsidR="008468DE" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00411B9D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="exact"/>
               <w:ind w:left="181"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.申請期間</w:t>
             </w:r>
             <w:r w:rsidR="00E50384">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>即日起</w:t>
             </w:r>
             <w:r w:rsidR="00473BBF" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>至</w:t>
             </w:r>
             <w:r w:rsidR="00CF54F9">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00411B9D">
+            <w:r w:rsidR="00633BB3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="001441B3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>年</w:t>
             </w:r>
             <w:r w:rsidR="00E93E57">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
-            <w:r w:rsidR="005D163D">
+            <w:r w:rsidR="00633BB3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>9</w:t>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="001441B3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>月</w:t>
             </w:r>
             <w:r w:rsidR="005D163D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
-              <w:t>19</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00633BB3">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="FF0000"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="001441B3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>日</w:t>
             </w:r>
             <w:r w:rsidR="00EE5593" w:rsidRPr="001441B3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="002B515D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t>五</w:t>
             </w:r>
@@ -6513,438 +6764,438 @@
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(以郵戳為憑)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="right" w:tblpY="-359"/>
         <w:tblW w:w="2113" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidTr="00251AA6">
+      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w14:paraId="16C1CD20" w14:textId="77777777" w:rsidTr="00251AA6">
         <w:trPr>
           <w:trHeight w:val="280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
+          <w:p w14:paraId="4B299EE6" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>掛號</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidTr="00251AA6">
+      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w14:paraId="71721077" w14:textId="77777777" w:rsidTr="00251AA6">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotDotDash" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
+          <w:p w14:paraId="23E709DC" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidTr="00251AA6">
+      <w:tr w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w14:paraId="6D46E7CC" w14:textId="77777777" w:rsidTr="00251AA6">
         <w:trPr>
           <w:trHeight w:val="1870"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotDotDash" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotDotDash" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotDotDash" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotDotDash" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
+          <w:p w14:paraId="3FEE9360" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
+          <w:p w14:paraId="3E98A450" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>貼足</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
+          <w:p w14:paraId="00E4741F" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t>掛號郵資</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
+          <w:p w14:paraId="574781AE" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00A35839">
+    <w:p w14:paraId="54375E84" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="008468DE" w:rsidP="00A35839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62E1B73F" wp14:editId="083FDAEF">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="200C6A97" wp14:editId="1761EE3C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>8789587</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-619298</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="596348" cy="278296"/>
                 <wp:effectExtent l="0" t="0" r="13335" b="26670"/>
                 <wp:wrapNone/>
                 <wp:docPr id="5" name="文字方塊 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="596348" cy="278296"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="008468DE" w:rsidRPr="00407D83" w:rsidRDefault="00F253AE" w:rsidP="008468DE">
+                          <w:p w14:paraId="033D20A9" w14:textId="77777777" w:rsidR="008468DE" w:rsidRPr="00407D83" w:rsidRDefault="00F253AE" w:rsidP="008468DE">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                                 <w:b/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
                               <w:t>附件四</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="62E1B73F" id="文字方塊 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:692.1pt;margin-top:-48.75pt;width:46.95pt;height:21.9pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDFCvS8PQIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1u2zAMfh+wOwh6X5ykcdoYcYouXYYB&#10;3Q/Q7QCyLMfCJNGTlNjZBQbsAN3zDrAD7EDtOUbJaZr9vQzzg0CK1EfyI+n5eacV2QrrJJicjgZD&#10;SoThUEqzzum7t6snZ5Q4z0zJFBiR051w9Hzx+NG8bTIxhhpUKSxBEOOytslp7X2TJYnjtdDMDaAR&#10;Bo0VWM08qnadlJa1iK5VMh4Op0kLtmwscOEc3l72RrqI+FUluH9dVU54onKKufl42ngW4UwWc5at&#10;LWtqyfdpsH/IQjNpMOgB6pJ5RjZW/galJbfgoPIDDjqBqpJcxBqwmtHwl2qua9aIWAuS45oDTe7/&#10;wfJX2zeWyDKnKSWGaWzR3c2n229f7m6+3379TNLAUNu4DB2vG3T13VPosNOxWtdcAX/viIFlzcxa&#10;XFgLbS1YiRmOwsvk6GmP4wJI0b6EEkOxjYcI1FVWB/qQEILo2KndoTui84TjZTqbnkxwnDiaxqdn&#10;49k0RmDZ/ePGOv9cgCZByKnF5kdwtr1yPiTDsnuXEMuBkuVKKhUVuy6WypItw0FZxW+P/pObMqTN&#10;6Swdp339f4UYxu9PEFp6nHgldU7PDk4sC6w9M2WcR8+k6mVMWZk9jYG5nkPfFV3s2UkIECguoNwh&#10;rxb6AceFRKEG+5GSFoc7p+7DhllBiXphsDez0WQStiEqk/R0jIo9thTHFmY4QuXUU9KLSx83KPBm&#10;4AJ7WMnI70Mm+5RxaCPt+wULW3GsR6+H38DiBwAAAP//AwBQSwMEFAAGAAgAAAAhAM1LrLPiAAAA&#10;DQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJC5oS7d2a1eaTggJBDcYCK5Zk7UV&#10;iVOSrCtvj3eC429/+v252k7WsFH70DsUsJgnwDQ2TvXYCnh/e5gVwEKUqKRxqAX86ADb+vKikqVy&#10;J3zV4y62jEowlFJAF+NQch6aTlsZ5m7QSLuD81ZGir7lyssTlVvDl0my5lb2SBc6Oej7Tjdfu6MV&#10;UGRP42d4Tl8+mvXBbOJNPj5+eyGur6a7W2BRT/EPhrM+qUNNTnt3RBWYoZwW2ZJYAbNNvgJ2RrK8&#10;WADb02iV5sDriv//ov4FAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxQr0vD0CAABOBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAzUuss+IAAAAN&#10;AQAADwAAAAAAAAAAAAAAAACXBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;">
+              <v:shape w14:anchorId="200C6A97" id="文字方塊 5" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:692.1pt;margin-top:-48.75pt;width:46.95pt;height:21.9pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBow9BiFAIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhxkzQx4hRdugwD&#10;ugvQ7QNkSY6FyaImKbG7rx8lu2l2exmmB4EUqUPykNzc9K0mJ+m8AlPS2WRKiTQchDKHkn75vH+1&#10;osQHZgTTYGRJH6WnN9uXLzadLWQODWghHUEQ44vOlrQJwRZZ5nkjW+YnYKVBYw2uZQFVd8iEYx2i&#10;tzrLp9Nl1oET1gGX3uPr3WCk24Rf15KHj3XtZSC6pJhbSLdLdxXvbLthxcEx2yg+psH+IYuWKYNB&#10;z1B3LDBydOo3qFZxBx7qMOHQZlDXistUA1Yzm/5SzUPDrEy1IDnenmny/w+Wfzg92E+OhP419NjA&#10;VIS398C/emJg1zBzkLfOQddIJjDwLFKWddYX49dItS98BKm69yCwyewYIAH1tWsjK1gnQXRswOOZ&#10;dNkHwvFxsV5ezXFKOJry61W+XqYIrHj6bJ0PbyW0JAolddjTBM5O9z7EZFjx5BJjedBK7JXWSXGH&#10;aqcdOTHs/z6dEf0nN21IV9L1Il8M9f8VYprOnyBaFXCQtWpLujo7sSKy9saINGaBKT3ImLI2I42R&#10;uYHD0Fc9UaKkVzFAZLUC8Yi8OhjmFvcMhQbcd0o6nNmS+m9H5iQl+p3B3qxn83kc8qTMF9c5Ku7S&#10;Ul1amOEIVdJAySDuQlqMyJuBW+xhrRK/z5mMKeMsJtrHvYnDfqknr+ft3v4AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDNS6yz4gAAAA0BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEu3&#10;dmtXmk4ICQQ3GAiuWZO1FYlTkqwrb493guNvf/r9udpO1rBR+9A7FLCYJ8A0Nk712Ap4f3uYFcBC&#10;lKikcagF/OgA2/ryopKlcid81eMutoxKMJRSQBfjUHIemk5bGeZu0Ei7g/NWRoq+5crLE5Vbw5dJ&#10;suZW9kgXOjno+043X7ujFVBkT+NneE5fPpr1wWziTT4+fnshrq+mu1tgUU/xD4azPqlDTU57d0QV&#10;mKGcFtmSWAGzTb4CdkayvFgA29NolebA64r//6L+BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAGjD0GIUAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAM1LrLPiAAAADQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="008468DE" w:rsidRPr="00407D83" w:rsidRDefault="00F253AE" w:rsidP="008468DE">
+                    <w:p w14:paraId="033D20A9" w14:textId="77777777" w:rsidR="008468DE" w:rsidRPr="00407D83" w:rsidRDefault="00F253AE" w:rsidP="008468DE">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                           <w:b/>
                           <w:sz w:val="20"/>
                         </w:rPr>
                         <w:t>附件四</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00A35839" w:rsidRPr="004C4B1F">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14BEBDA5" wp14:editId="747E2CF8">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22FD434C" wp14:editId="690B89BB">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>8790940</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-1471353</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="723900" cy="296545"/>
                 <wp:effectExtent l="0" t="0" r="19050" b="27305"/>
                 <wp:wrapNone/>
                 <wp:docPr id="4" name="文字方塊 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="723900" cy="296545"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00A35839" w:rsidRPr="00A35839" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+                          <w:p w14:paraId="2613A69F" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="00A35839" w:rsidRDefault="00A35839" w:rsidP="00A35839">
                             <w:pPr>
                               <w:spacing w:line="280" w:lineRule="exact"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A35839">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                                 <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>附件</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A35839">
                               <w:rPr>
                                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                                 <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                                 <w:sz w:val="22"/>
                               </w:rPr>
                               <w:t>五</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="14BEBDA5" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:692.2pt;margin-top:-115.85pt;width:57pt;height:23.35pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+w5XuOwIAAE4EAAAOAAAAZHJzL2Uyb0RvYy54bWysVF2O0zAQfkfiDpbfadLQ7m6jpqulSxHS&#10;8iMtHMB1nMbC9gTbbVIugMQBlmcOwAE40O45GDvZUv5eEHmwPJ7x55nvm8n8vNOK7IR1EkxBx6OU&#10;EmE4lNJsCvr2zerRGSXOM1MyBUYUdC8cPV88fDBvm1xkUIMqhSUIYlzeNgWtvW/yJHG8Fpq5ETTC&#10;oLMCq5lH026S0rIW0bVKsjQ9SVqwZWOBC+fw9LJ30kXEryrB/auqcsITVVDMzcfVxnUd1mQxZ/nG&#10;sqaWfEiD/UMWmkmDjx6gLplnZGvlb1BacgsOKj/ioBOoKslFrAGrGae/VHNds0bEWpAc1xxocv8P&#10;lr/cvbZElgWdUGKYRonubj7efv18d/Pt9ssnkgWG2sblGHjdYKjvnkCHSsdqXXMF/J0jBpY1Mxtx&#10;YS20tWAlZjgON5Ojqz2OCyDr9gWU+BTbeohAXWV1oA8JIYiOSu0P6ojOE46Hp9njWYoejq5sdjKd&#10;TOMLLL+/3FjnnwnQJGwKalH8CM52V86HZFh+HxLecqBkuZJKRcNu1ktlyY5ho6ziN6D/FKYMaQs6&#10;m2bTvv6/QqTx+xOElh47Xkld0LNDEMsDa09NGfvRM6n6PaaszEBjYK7n0HfrbtBsUGcN5R55tdA3&#10;OA4kbmqwHyhpsbkL6t5vmRWUqOcGtZmNJ5MwDdGYTE8zNOyxZ33sYYYjVEE9Jf126eMEBd4MXKCG&#10;lYz8BrH7TIaUsWkj7cOAhak4tmPUj9/A4jsAAAD//wMAUEsDBBQABgAIAAAAIQDkG4I34wAAAA8B&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOukCa0b4lQICURvUBBc3dhNIuJ1&#10;sN00/D3bExxn9ml2ptxMtmej8aFzKCGdJ8AM1k532Eh4f3ucCWAhKtSqd2gk/JgAm+ryolSFdid8&#10;NeMuNoxCMBRKQhvjUHAe6tZYFeZuMEi3g/NWRZK+4dqrE4Xbni+SZMmt6pA+tGowD62pv3ZHK0Hk&#10;z+Nn2GYvH/Xy0K/jzWp8+vZSXl9N93fAopniHwzn+lQdKuq0d0fUgfWkM5HnxEqYLbJ0BezM5GtB&#10;3p68VNwmwKuS/99R/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB+w5XuOwIAAE4EAAAO&#10;AAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDkG4I34wAAAA8B&#10;AAAPAAAAAAAAAAAAAAAAAJUEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAApQUAAAAA&#10;">
+              <v:shape w14:anchorId="22FD434C" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;margin-left:692.2pt;margin-top:-115.85pt;width:57pt;height:23.35pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlCMQJEwIAACUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkrYx4hRdugwD&#10;ugvQ7QNkSY6FyaImKbG7ry8lu2l2exmmB4EUqUPykFxfD50mR+m8AlPR+SynRBoOQpl9Rb9+2b26&#10;osQHZgTTYGRFH6Sn15uXL9a9LWUBLWghHUEQ48veVrQNwZZZ5nkrO+ZnYKVBYwOuYwFVt8+EYz2i&#10;dzor8vwi68EJ64BL7/H1djTSTcJvGsnDp6bxMhBdUcwtpNulu453tlmzcu+YbRWf0mD/kEXHlMGg&#10;J6hbFhg5OPUbVKe4Aw9NmHHoMmgaxWWqAauZ579Uc98yK1MtSI63J5r8/4PlH4/39rMjYXgDAzYw&#10;FeHtHfBvnhjYtszs5Y1z0LeSCQw8j5RlvfXl9DVS7UsfQer+AwhsMjsESEBD47rICtZJEB0b8HAi&#10;XQ6BcHy8LF6vcrRwNBWri+VimSKw8umzdT68k9CRKFTUYU8TODve+RCTYeWTS4zlQSuxU1onxe3r&#10;rXbkyLD/u3Qm9J/ctCF9RVfLYjnW/1eIPJ0/QXQq4CBr1VX06uTEysjaWyPSmAWm9ChjytpMNEbm&#10;Rg7DUA9EiYouYoDIag3iAXl1MM4t7hkKLbgflPQ4sxX13w/MSUr0e4O9Wc0XizjkSVksLwtU3Lml&#10;PrcwwxGqooGSUdyGtBiRNwM32MNGJX6fM5lSxllMtE97E4f9XE9ez9u9eQQAAP//AwBQSwMEFAAG&#10;AAgAAAAhAOQbgjfjAAAADwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ66QJ&#10;rRviVAgJRG9QEFzd2E0i4nWw3TT8PdsTHGf2aXam3Ey2Z6PxoXMoIZ0nwAzWTnfYSHh/e5wJYCEq&#10;1Kp3aCT8mACb6vKiVIV2J3w14y42jEIwFEpCG+NQcB7q1lgV5m4wSLeD81ZFkr7h2qsThdueL5Jk&#10;ya3qkD60ajAPram/dkcrQeTP42fYZi8f9fLQr+PNanz69lJeX033d8CimeIfDOf6VB0q6rR3R9SB&#10;9aQzkefESpgtsnQF7Mzka0HenrxU3CbAq5L/31H9AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhACUIxAkTAgAAJQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOQbgjfjAAAADwEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00A35839" w:rsidRPr="00A35839" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+                    <w:p w14:paraId="2613A69F" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="00A35839" w:rsidRDefault="00A35839" w:rsidP="00A35839">
                       <w:pPr>
                         <w:spacing w:line="280" w:lineRule="exact"/>
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A35839">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>附件</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A35839">
                         <w:rPr>
                           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                           <w:color w:val="767171" w:themeColor="background2" w:themeShade="80"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>五</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A65873" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="6B31CCE3" w14:textId="77777777" w:rsidR="00A65873" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>寄件人</w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
@@ -6961,85 +7212,85 @@
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>連絡電話</w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidR="00A65873" w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="00A42EBB" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="708DFF9F" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="00A42EBB" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>寄件郵遞區號</w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="56"/>
         </w:rPr>
         <w:t>□□□□□</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="00A42EBB" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="12946AFB" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="00A42EBB" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>寄件地址</w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
@@ -7048,82 +7299,92 @@
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="32"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="00A42EBB" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="62D8C82B" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="00A42EBB" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>請擇一勾選申請之組別</w:t>
+        <w:t>請擇</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A42EBB">
+        <w:rPr>
+          <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>一勾選申請之組別</w:t>
       </w:r>
       <w:r w:rsidR="00A65873">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>高中職</w:t>
       </w:r>
@@ -7170,149 +7431,149 @@
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="44"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
       <w:r w:rsidR="00251AA6" w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>碩士</w:t>
       </w:r>
       <w:r w:rsidRPr="00A42EBB">
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>組 )</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="3184012C" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="302DCFE0" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="688C8483" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="99"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="11675"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w:rsidTr="00572CD0">
+      <w:tr w:rsidR="001209F5" w:rsidRPr="004C4B1F" w14:paraId="4679570B" w14:textId="77777777" w:rsidTr="00572CD0">
         <w:trPr>
           <w:trHeight w:val="2009"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11675" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:left w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
               <w:right w:val="thickThinSmallGap" w:sz="24" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00572CD0">
+          <w:p w14:paraId="71C48202" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00572CD0">
             <w:pPr>
               <w:spacing w:line="520" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="56"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>郵遞區號</w:t>
             </w:r>
             <w:r w:rsidR="00A65873" w:rsidRPr="00A65873">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>：</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="56"/>
               </w:rPr>
               <w:t>□□□□□</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="0054581F" w:rsidRDefault="00A35839" w:rsidP="00251AA6">
+          <w:p w14:paraId="1ABC8090" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="0054581F" w:rsidRDefault="00A35839" w:rsidP="00251AA6">
             <w:pPr>
               <w:spacing w:line="600" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>收件地址</w:t>
             </w:r>
             <w:r w:rsidR="00A65873" w:rsidRPr="00A65873">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
@@ -7387,51 +7648,51 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>郵寄至</w:t>
             </w:r>
             <w:r w:rsidR="0054581F" w:rsidRPr="0054581F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>申請人戶籍所在地之家扶中心</w:t>
             </w:r>
             <w:r w:rsidR="0054581F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">)                             </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00251AA6" w:rsidRPr="004C2F36" w:rsidRDefault="00A35839" w:rsidP="00251AA6">
+          <w:p w14:paraId="4C9CD546" w14:textId="77777777" w:rsidR="00251AA6" w:rsidRPr="004C2F36" w:rsidRDefault="00A35839" w:rsidP="00251AA6">
             <w:pPr>
               <w:spacing w:line="600" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>收</w:t>
             </w:r>
             <w:r w:rsidR="00251AA6" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
@@ -7508,72 +7769,92 @@
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D3382B">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="004C2F36">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>分 事 務 所</w:t>
+              <w:t xml:space="preserve">分 事 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="004C2F36">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>務</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="004C2F36">
+              <w:rPr>
+                <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 所</w:t>
             </w:r>
             <w:r w:rsidR="005A1B8B">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t>收</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
+          <w:p w14:paraId="37AECAC7" w14:textId="509072EC" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00251AA6" w:rsidP="00251AA6">
             <w:pPr>
               <w:spacing w:line="600" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00647AD3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>【</w:t>
@@ -7596,231 +7877,231 @@
             </w:r>
             <w:r w:rsidR="005D163D">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00C405CF">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>學</w:t>
             </w:r>
             <w:r w:rsidR="00C6160E" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>年度第</w:t>
             </w:r>
-            <w:r w:rsidR="005D163D">
+            <w:r w:rsidR="00633BB3">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
-              <w:t>一</w:t>
+              <w:t>二</w:t>
             </w:r>
             <w:r w:rsidR="00C6160E" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>學期</w:t>
             </w:r>
             <w:r w:rsidR="0099154D" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>「韌世代」獎助學金</w:t>
             </w:r>
             <w:r w:rsidR="00647AD3" w:rsidRPr="004C4B1F">
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體" w:hint="eastAsia"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>】</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00572CD0">
+          <w:p w14:paraId="47A600CB" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00572CD0">
             <w:pPr>
               <w:spacing w:line="400" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="380D1F08" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="6A6C4E2B" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="57FFC6C6" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:spacing w:line="400" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
+    <w:p w14:paraId="0A797D23" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
+    <w:p w14:paraId="71C26E12" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
+    <w:p w14:paraId="4B0597E2" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
+    <w:p w14:paraId="30A08FF2" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
+    <w:p w14:paraId="1ABEFE66" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
+    <w:p w14:paraId="2C324D79" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="004C4B1F" w:rsidRDefault="00A35839" w:rsidP="002A388C">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A35839" w:rsidRPr="0054581F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
+    <w:p w14:paraId="20D2DA33" w14:textId="77777777" w:rsidR="00A35839" w:rsidRPr="0054581F" w:rsidRDefault="00A35839" w:rsidP="00A35839">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="微軟正黑體" w:eastAsia="微軟正黑體" w:hAnsi="微軟正黑體"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A35839" w:rsidRPr="0054581F" w:rsidSect="00A35839">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="851" w:bottom="851" w:left="1135" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
+    <w:p w14:paraId="605241CB" w14:textId="77777777" w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
+    <w:p w14:paraId="41775179" w14:textId="77777777" w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -7838,70 +8119,70 @@
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微軟正黑體">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="88"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="000002A7" w:usb1="28CF4400" w:usb2="00000016" w:usb3="00000000" w:csb0="00100009" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
+    <w:p w14:paraId="43FCDBCD" w14:textId="77777777" w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
+    <w:p w14:paraId="6790378F" w14:textId="77777777" w:rsidR="00C9719D" w:rsidRDefault="00C9719D" w:rsidP="000D202A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="391E758D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F536B7A0"/>
     <w:lvl w:ilvl="0" w:tplc="DEC835BC">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="□"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:cstheme="minorBidi" w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="960" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -7971,199 +8252,203 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3840" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1222912217">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:doNotDisplayPageBoundaries/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="480"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00942171"/>
     <w:rsid w:val="00007BFF"/>
     <w:rsid w:val="00010B00"/>
     <w:rsid w:val="00044340"/>
     <w:rsid w:val="0007772A"/>
     <w:rsid w:val="000803C6"/>
     <w:rsid w:val="00082F08"/>
     <w:rsid w:val="000C0AA5"/>
     <w:rsid w:val="000D1116"/>
     <w:rsid w:val="000D202A"/>
-    <w:rsid w:val="000D223C"/>
     <w:rsid w:val="000D3EB1"/>
     <w:rsid w:val="000D47AF"/>
     <w:rsid w:val="000E189E"/>
     <w:rsid w:val="00105F5A"/>
     <w:rsid w:val="001109EA"/>
     <w:rsid w:val="00114A5D"/>
     <w:rsid w:val="001209F5"/>
     <w:rsid w:val="00133708"/>
+    <w:rsid w:val="00140850"/>
     <w:rsid w:val="0014191C"/>
     <w:rsid w:val="0014405F"/>
     <w:rsid w:val="001441B3"/>
     <w:rsid w:val="001844F1"/>
     <w:rsid w:val="00187917"/>
     <w:rsid w:val="001909F0"/>
     <w:rsid w:val="001A6A38"/>
     <w:rsid w:val="001D6832"/>
     <w:rsid w:val="001E468A"/>
     <w:rsid w:val="0021538C"/>
     <w:rsid w:val="00221075"/>
     <w:rsid w:val="0022447D"/>
     <w:rsid w:val="002319B5"/>
     <w:rsid w:val="00251AA6"/>
     <w:rsid w:val="002A388C"/>
     <w:rsid w:val="002B515D"/>
     <w:rsid w:val="002C20ED"/>
     <w:rsid w:val="002E1882"/>
     <w:rsid w:val="002E69C8"/>
     <w:rsid w:val="00310064"/>
     <w:rsid w:val="00345091"/>
     <w:rsid w:val="00350B25"/>
     <w:rsid w:val="00352E1B"/>
     <w:rsid w:val="003B4E0E"/>
     <w:rsid w:val="003C4033"/>
     <w:rsid w:val="003E0DD3"/>
     <w:rsid w:val="003E6845"/>
     <w:rsid w:val="003F187B"/>
     <w:rsid w:val="00407D83"/>
     <w:rsid w:val="00411B9D"/>
+    <w:rsid w:val="00445530"/>
     <w:rsid w:val="004624DE"/>
     <w:rsid w:val="0046412D"/>
     <w:rsid w:val="004653D5"/>
     <w:rsid w:val="00465B53"/>
     <w:rsid w:val="00473BBF"/>
     <w:rsid w:val="00485E18"/>
     <w:rsid w:val="004A0421"/>
     <w:rsid w:val="004B1E8B"/>
     <w:rsid w:val="004B79C0"/>
     <w:rsid w:val="004C2F36"/>
     <w:rsid w:val="004C4B1F"/>
     <w:rsid w:val="004F017B"/>
     <w:rsid w:val="0052580E"/>
     <w:rsid w:val="005338A6"/>
     <w:rsid w:val="0054581F"/>
     <w:rsid w:val="0055531A"/>
     <w:rsid w:val="0056108C"/>
     <w:rsid w:val="00567AA7"/>
     <w:rsid w:val="00571727"/>
     <w:rsid w:val="00572304"/>
     <w:rsid w:val="005A125E"/>
     <w:rsid w:val="005A1B8B"/>
     <w:rsid w:val="005B1CFA"/>
     <w:rsid w:val="005D163D"/>
     <w:rsid w:val="005E0E8C"/>
     <w:rsid w:val="005E244E"/>
+    <w:rsid w:val="00633BB3"/>
     <w:rsid w:val="00634893"/>
     <w:rsid w:val="006378C3"/>
     <w:rsid w:val="00647AD3"/>
     <w:rsid w:val="006535CD"/>
     <w:rsid w:val="006770AC"/>
     <w:rsid w:val="006A3B5C"/>
     <w:rsid w:val="006B6A18"/>
     <w:rsid w:val="006D6961"/>
     <w:rsid w:val="006F3E5C"/>
     <w:rsid w:val="006F7F70"/>
     <w:rsid w:val="00706F99"/>
     <w:rsid w:val="00707114"/>
     <w:rsid w:val="00740E42"/>
     <w:rsid w:val="0075719B"/>
     <w:rsid w:val="00763DC4"/>
     <w:rsid w:val="00774B95"/>
     <w:rsid w:val="00775F0C"/>
     <w:rsid w:val="00776433"/>
     <w:rsid w:val="0078034F"/>
     <w:rsid w:val="0079189B"/>
     <w:rsid w:val="00792781"/>
     <w:rsid w:val="007C0D8A"/>
     <w:rsid w:val="007C70BE"/>
     <w:rsid w:val="007D1E84"/>
     <w:rsid w:val="007D6659"/>
     <w:rsid w:val="008005BE"/>
     <w:rsid w:val="00800DC4"/>
     <w:rsid w:val="008124DE"/>
     <w:rsid w:val="00812636"/>
     <w:rsid w:val="008144B3"/>
     <w:rsid w:val="00820993"/>
+    <w:rsid w:val="00830B4D"/>
     <w:rsid w:val="00837F02"/>
     <w:rsid w:val="00840547"/>
     <w:rsid w:val="008468DE"/>
     <w:rsid w:val="008642F8"/>
     <w:rsid w:val="008B1A2C"/>
     <w:rsid w:val="008C1545"/>
     <w:rsid w:val="008F1F84"/>
     <w:rsid w:val="009016BC"/>
     <w:rsid w:val="00902844"/>
     <w:rsid w:val="00911593"/>
     <w:rsid w:val="0091336F"/>
     <w:rsid w:val="0091548F"/>
     <w:rsid w:val="00940375"/>
     <w:rsid w:val="00942171"/>
     <w:rsid w:val="00983C18"/>
     <w:rsid w:val="00986130"/>
     <w:rsid w:val="0099154D"/>
     <w:rsid w:val="00991CAA"/>
     <w:rsid w:val="0099346E"/>
     <w:rsid w:val="009A57B1"/>
     <w:rsid w:val="009A7C21"/>
     <w:rsid w:val="009E3300"/>
     <w:rsid w:val="009E7BC8"/>
     <w:rsid w:val="00A119C3"/>
     <w:rsid w:val="00A227ED"/>
@@ -8239,77 +8524,78 @@
     <w:rsid w:val="00F460CD"/>
     <w:rsid w:val="00F47C31"/>
     <w:rsid w:val="00F53166"/>
     <w:rsid w:val="00F71173"/>
     <w:rsid w:val="00F92CDE"/>
     <w:rsid w:val="00FC43DA"/>
     <w:rsid w:val="00FD732E"/>
     <w:rsid w:val="00FF602F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="3061EFEA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{788F498D-ECE6-431F-9346-CACFD19F6BEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8637,50 +8923,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -8837,51 +9128,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ad">
     <w:name w:val="章節附註文字 字元"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ac"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A35839"/>
   </w:style>
   <w:style w:type="character" w:styleId="ae">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A35839"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -9117,67 +9408,67 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C5D125A-F565-4880-A6E5-5A9E96AC2248}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5F65A422-B205-4B4D-9273-F9362244C5FF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>369</Words>
-  <Characters>2105</Characters>
+  <Words>1328</Words>
+  <Characters>1410</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>166</Lines>
+  <Paragraphs>111</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2470</CharactersWithSpaces>
+  <CharactersWithSpaces>2272</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>家扶社工處-鄭媛甄</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>